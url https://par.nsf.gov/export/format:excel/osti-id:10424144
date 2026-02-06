--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10424144</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.6073/pasta/2b7ab47e8e3bfab993e80cdae1c887f5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Warming-El Nino-Nitrogen Deposition Experiment (WENNDEx): Soil Nitrogen Data from the Sevilleta National Wildlife Refuge, New Mexico (2006 - 2020)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Collins, Scott; Pockman, William</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>{"Abstract":["Humans are creating significant global environmental change, including\n  shifts in climate, increased nitrogen (N) deposition, and the\n  facilitation of species invasions. A multi-factorial field experiment\n  is being performed in an arid grassland within the Sevilleta National\n  Wildlife Refuge (NWR) to simulate increased nighttime temperature,\n  higher N deposition, and heightened El NiÃ±o frequency (which\n  increases winter precipitation by an average of 50%). The purpose of\n  the experiment is to better understand the potential effects of\n  environmental drivers on grassland community composition, aboveground\n  net primary production and soil respiration. The focus is on the\n  response of two dominant grasses (Bouteloua gracilis and B eriopoda),\n  in an ecotone near their range margins and thus these species may be\n  particularly susceptible to global environmental change. It is\n  hypothesized that warmer summer temperatures and increased evaporation\n  will favor growth of black grama (Bouteloua eriopoda), a desert grass,\n  but that increased winter precipitation and/or available nitrogen will\n  favor the growth of blue grama (Bouteloua gracilis), a shortgrass\n  prairie species. Treatment effects on limiting resources (soil\n  moisture, nitrogen availability, species abundance, and net primary\n  production (NPP) are all being measured to determine the interactive\n  effects of key global change drivers on arid grassland plant community\n  dynamics and ecosystem processes. On 4 August 2009 lightning ignited a\n  ~3300 ha wildfire that burned through the experiment and its\n  surroundings. Because desert grassland fires are patchy, not all of\n  the replicate plots burned in the wildfire. Therefore, seven days\n  after the wildfire was extinguished, the Sevilleta NWR Fire Crew\n  thoroughly burned the remaining plots allowing us to assess\n  experimentally the effects of interactions among multiple global\n  change presses and a pulse disturbance on post-fire grassland\n  dynamics. This data set provides soil N availability in each plot of\n  the warming experiment for the monsoon season (also see SEV176)."]}</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499; 1856383</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dataset</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Environmental Data Initiative</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>