--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10424334</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/1.4062736</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An Experimental and Numerical Investigation of Cardiac Tissue-Patch Interrelation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Basara, Gozde; Bahcecioglu, Gokhan; Ren, Xiang; Zorlutuna, Pinar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Biomechanical Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0148-0731</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Tissue engineered cardiac patches have great potential as a regenerative therapy for myocardial infarction. Yet, the mutual interaction of cardiac patches with healthy tissue has not been completely understood. Here, we investigated the impact of acellular and cellular patches on a beating two-dimensional (2D) cardiac cell layer, and the effect of the beating of this layer on the cells encapsulated in the patch. We cultured human-induced pluripotent stem cell-derived cardiomyocytes (iCMs) on a coverslip and placed gelatin methacryloyl hydrogel alone or with encapsulated iCMs to create acellular and cellular patches, respectively. When the acellular patch was placed on the cardiac cell layer, the beating characteristics and Ca+2 handling properties reduced, whereas placing the cellular patch restored these characteristics. To better understand the effects of the cyclic contraction and relaxation induced by the beating cardiac cell layer on the patch placed on top of it, a simulation model was developed, and the calculated strain values were in agreement with the values measured experimentally. Moreover, this dynamic culture induced by the beating 2D iCM layer on the iCMs encapsulated in the cellular patch improved their beating velocity and frequency. Additionally, the encapsulated iCMs were observed to be coupled with the underlying beating 2D iCM layer. Overall, this study provides a detailed investigation on the mutual relationship of acellular/cellular patches with the beating 2D iCM layer, understanding of which would be valuable for developing more advanced cardiac patches.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1651385</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>