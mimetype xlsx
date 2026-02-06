--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10424670</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1257/aeri.20210504</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optimal Information Disclosure in Classic Auctions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bergemann, Dirk; Heumann, Tibor; Morris, Stephen; Sorokin, Constantine; Winter, Eyal</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Economic Review: Insights</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>371 to 388</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2640-205X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We characterize the revenue-maximizing information structure in the second-price auction. The seller faces a trade-off: more information improves the efficiency of the allocation but creates higher information rents for bidders. The information disclosure policy that maximizes the revenue of the seller is to fully reveal low values (where competition is high) but to pool high values (where competition is low). The size of the pool is determined by a critical quantile that is independent of the distribution of values and only dependent on the number of bidders. We discuss how this policy provides a rationale for conflation in digital advertising. (JEL D44, D82, D83, M37)</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2049744</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>