--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10425045</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202244776</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ALMA-IMF: VI. Investigating the origin of stellar masses: Core mass function evolution in the W43-MM2&amp;MM3 mini-starburst</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pouteau, Y.; Motte, F.; Nony, T.; González, M.; Joncour, I.; Robitaille, J.-F.; Busquet, G.; Galván-Madrid, R.; Gusdorf, A.; Hennebelle, P.; Ginsburg, A.; Csengeri, T.; Sanhueza, P.; Dell’Ova, P.; Stutz, A. M.; Towner, A. P.; Cunningham, N.; Louvet, F.; Men’shchikov, A.; Fernández-López, M.; Schneider, N.; Armante, M.; Bally, J.; Baug, T.; Bonfand, M.; Bontemps, S.; Bronfman, L.; Brouillet, N.; Díaz-González, D.; Herpin, F.; Lefloch, B.; Liu, H.-L.; Lu, X.; Nakamura, F.; Luong, Q. Nguyen; Olguin, F.; Tatematsu, K.; Valeille-Manet, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>674</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A76</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Context.              Among the most central open questions regarding the initial mass function (IMF) of stars is the impact of environment on the shape of the core mass function (CMF) and thus potentially on the IMF.                                      Aims.              The ALMA-IMF Large Program aims to investigate the variations in the core distributions (CMF and mass segregation) with cloud characteristics, such as the density and kinematic of the gas, as diagnostic observables of the formation process and evolution of clouds. The present study focuses on the W43-MM2&amp;MM3 mini-starburst, whose CMF has recently been found to be top-heavy with respect to the Salpeter slope of the canonical IMF.                                      Methods.              W43-MM2&amp;MM3 is a useful test case for environmental studies because it harbors a rich cluster that contains a statistically significant number of cores (specifically, 205 cores), which was previously characterized in Paper III. We applied a multi-scale decomposition technique to the ALMA 1.3 mm and 3 mm continuum images of W43-MM2&amp;MM3 to define six subregions, each 0.5–1 pc in size. For each subregion we characterized the probability distribution function of the high column density gas,              η              -PDF, using the 1.3 mm images. Using the core catalog, we investigate correlations between the CMF and cloud and core properties, such as the              η              -PDF and the core mass segregation.                                      Results.              We classify the W43-MM2&amp;MM3 subregions into different stages of evolution, from quiescent to burst to post-burst, based on the surface number density of cores, number of outflows, and ultra-compact HII presence. The high-mass end (&gt;1              M              ⊙              ) of the subregion CMFs varies from close to the Salpeter slope (quiescent) to top-heavy (burst and post-burst). Moreover, the second tail of the              η              -PDF varies from steep (quiescent) to flat (burst and post-burst), as observed for high-mass star-forming clouds. We find that subregions with flat second              η              -PDF tails display top-heavy CMFs.                                      Conclusions.              In dynamical environments such as W43-MM2&amp;MM3, the high-mass end of the CMF appears to be rooted in the cloud structure, which is at high column density and surrounds cores. This connection stems from the fact that cores and their immediate surroundings are both determined and shaped by the cloud formation process, the current evolutionary state of the cloud, and, more broadly, the star formation history. The CMF may evolve from Salpeter to top-heavy throughout the star formation process from the quiescent to the burst phase. This scenario raises the question of if the CMF might revert again to Salpeter as the cloud approaches the end of its star formation stage, a hypothesis that remains to be tested.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008101</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>