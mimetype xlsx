--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10425184</t>
-[...8 lines deleted...]
-    <t>Xu, Jiachen [Department of Electrical and Computer Engineering, Carnegie Mellon University, Pittsburgh, PA, USA] (ORCID:0000000197987419); Shen, Yuyi [Department of Electrical and Computer Engineering, Carnegie Mellon University, Pittsburgh, PA, USA] (ORCID:0000000297925397); Yi, Jinho [Department of Electrical and Computer Engineering, Carnegie Mellon University, Pittsburgh, PA, USA]; Chen, Ethan [Department of Electrical and Computer Engineering, Carnegie Mellon University, Pittsburgh, PA, USA] (ORCID:0000000195323395); Chen, Vanessa [Department of Electrical and Computer Engineering, Carnegie Mellon University, Pittsburgh, PA, USA] (ORCID:0000000341906370)</t>
+    <t>10417803</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/pr10122574</t>
+  </si>
+  <si>
+    <t>Single-Molecule Chemical Reactions Unveiled in Molecular Junctions</t>
+  </si>
+  <si>
+    <t>Bunker, Ian; Ayinla, Ridwan Tobi; Wang, Kun</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-01-01T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>Not Available</t>
+    <t>2022-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Processes</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2574</t>
+  </si>
+  <si>
+    <t>2227-9717</t>
+  </si>
+  <si>
+    <t>Understanding chemical processes at the single-molecule scale represents the ultimate limit of analytical chemistry. Single-molecule detection techniques allow one to reveal the detailed dynamics and kinetics of a chemical reaction with unprecedented accuracy. It has also enabled the discoveries of new reaction pathways or intermediates/transition states that are inaccessible in conventional ensemble experiments, which is critical to elucidating their intrinsic mechanisms. Thanks to the rapid development of single-molecule junction (SMJ) techniques, detecting chemical reactions via monitoring the electrical current through single molecules has received an increasing amount of attention and has witnessed tremendous advances in recent years. Research efforts in this direction have opened a new route for probing chemical and physical processes with single-molecule precision. This review presents detailed advancements in probing single-molecule chemical reactions using SMJ techniques. We specifically highlight recent progress in investigating electric-field-driven reactions, reaction dynamics and kinetics, host–guest interactions, and redox reactions of different molecular systems. Finally, we discuss the potential of single-molecule detection using SMJs across various future applications.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1953801; 2028893; 1952907</t>
-[...5 lines deleted...]
-    <t>p. 176-187</t>
+    <t>1757220</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Institute of Electrical and Electronics Engineers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,80 +299,82 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" s="0"/>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>41</v>
       </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>