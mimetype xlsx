--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10425879</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/cdev.13951</t>
   </si>
   <si>
     <t>Children can represent complex social status hierarchies: Evidence from Indonesia</t>
   </si>
   <si>
-    <t>Amemiya, Jamie [Department of Psychology University of California, San Diego  San Diego California USA, Department of Psychology University of Chicago  Chicago Illinois USA] (ORCID:0000000169464717); Widjanarko, Kiara [Department of Psychology University of California, San Diego  San Diego California USA]; Chung, Irene [Department of Psychology University of California, San Diego  San Diego California USA]; Bian, Lin [Department of Psychology University of Chicago  Chicago Illinois USA] (ORCID:0000000154386736); Heyman, Gail_D [Department of Psychology University of California, San Diego  San Diego California USA] (ORCID:0000000177643205)</t>
+    <t>Amemiya, Jamie (ORCID:0000000169464717); Widjanarko, Kiara; Chung, Irene; Bian, Lin (ORCID:0000000154386736); Heyman, Gail_D (ORCID:0000000177643205)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-06-25T04:00:00Z</t>
+    <t>2023-12-03T05:00:00Z</t>
   </si>
   <si>
     <t>Child Development</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>0009-3920</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
- &lt;p&gt;Children's ethnicity‐status associations are often studied in societies where one ethnic group possesses status across multiple dimensions, such as political influence and wealth. This study examined children's (6–12 years) and adults' representations of more complex hierarchies in Indonesia (&lt;italic&gt;N&lt;/italic&gt; = 341; 38% Native Indonesian, 33% Chinese Indonesian, and 27% other ethnicities; 55% female, 36% male; 2021–2022), a society where ethnic groups hold distinct forms of status (on average, Native Indonesians have political influence; Chinese Indonesians have wealth). By 6.5 years, children associated Native Indonesians with political influence and Chinese Indonesians with wealth. Intersectional analyses indicated that ethnicity‐status associations were stronger for male than female targets. Children of all ethnicities preferred Chinese Indonesians and preferences were predicted by wealth judgments.&lt;/p&gt;</t>
+ &lt;p&gt;Children's ethnicity-status associations are often studied in societies where one ethnic group possesses status across multiple dimensions, such as political influence and wealth. This study examined children's (6–12 years) and adults' representations of more complex hierarchies in Indonesia (N = 341; 38% Native Indonesian, 33% Chinese Indonesian, and 27% other ethnicities; 55% female, 36% male; 2021–2022), a society where ethnic groups hold distinct forms of status (on average, Native Indonesians have political influence; Chinese Indonesians have wealth). By 6.5 years, children associated Native Indonesians with political influence and Chinese Indonesians with wealth. Intersectional analyses indicated that ethnicity-status associations were stronger for male than female targets. Children of all ethnicities preferred Chinese Indonesians and preferences were predicted by wealth judgments.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2145809; 2203810</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>p. 1730-1744</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>