--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10425954</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3545947.3576345</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Supporting Upper Elementary Students in Multidisciplinary Block-Based Narrative Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Vandenberg, Jessica; Gupta, Anisha; Smith, Andy; ElSayed, Rasha; Fox, Kimkinyona; Hubbard Cheuoua, Aleata; Minogue, James; Oliver, Kevin; Ringstaff, Cathy; Mott, Bradford</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1401 to 1401</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Digital storytelling, which combines traditional storytelling with digital tools, has seen growing popularity as a means of creating motivating problem-solving activities in K-12 education. Though an attractive potential solution to integrating language arts skills across topic areas such as computational thinking and science, better understanding of how to structure and support these activities is needed to increase adoption by teachers. Building on prior research on block-based programming for interactive storytelling, we present initial results from a study of 28 narrative programs created by upper elementary students that were collected in both classroom and extracurricular contexts. The narrative programs are evaluated across multiple dimensions to better understand the types of narrative programs being created by the students, characteristics of the students who created the narratives, and what types of support could most benefit the students in their narrative program construction. In addition to analyzing the student-created narrative programs, we also provide recommendations for promising system-generated and instructor-led supports.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1921495</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>