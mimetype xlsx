--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -95,75 +95,75 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10426432</t>
   </si>
   <si>
     <t>https://doi.org/10.1128/msystems.00179-23</t>
   </si>
   <si>
     <t>The AEGEAN-169 clade of bacterioplankton is synonymous with SAR11 subclade V (HIMB59) and metabolically distinct</t>
   </si>
   <si>
-    <t>Getz, Eric W.; Lanclos, V. Celeste; Kojima, Conner Y.; Cheng, Chuankai; Henson, Michael W.; Schön, Max Emil; Ettema, Thijs J.; Faircloth, Brant C.; Thrash, J. Cameron</t>
+    <t>Getz, Eric W.; Lanclos, V Celeste; Kojima, Conner Y.; Cheng, Chuankai; Henson, Michael W.; Schön, Max Emil; Ettema, Thijs J.; Faircloth, Brant C.; Thrash, J Cameron</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Makhalanyane, Thulani P.</t>
   </si>
   <si>
     <t>2023-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>mSystems</t>
   </si>
   <si>
     <t>2379-5077</t>
   </si>
   <si>
     <t>One goal of marine microbiologists is to uncover the roles various microorganisms are playing in biogeochemical cycles. Success in this endeavor relies on differentiating groups of microbes and circumscribing their relationships. An early-diverging group (subclade V) of the most abundant bacterioplankton, SAR11, has recently been proposed as a separate lineage that does not share a most recent common ancestor. But beyond phylogenetics, little has been done to evaluate how these organisms compare with SAR11. Our work leverages dozens of new genomes to demonstrate the similarities and differences between subclade V and SAR11. In our analysis, we also establish that subclade V is synonymous with a group of bacteria established from 16S rRNA gene sequences, AEGEAN-169. Subclade V/AEGEAN-169 has clear metabolic distinctions from SAR11 and their shared traits point to remarkable convergent evolution if they do not share a most recent common ancestor.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1945279</t>
+    <t>1945279; 2125191</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>