--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -98,66 +98,66 @@
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10427034</t>
   </si>
   <si>
     <t>https://doi.org/10.22002/D1.20248</t>
   </si>
   <si>
     <t>Shear Wave Velocities in the San Gabriel and San Bernardino Basins, California</t>
   </si>
   <si>
     <t>Li, Yida</t>
   </si>
   <si>
-    <t>Villa, Valeria; Clayton, Robert; Persaud, Patricia</t>
+    <t>Villa; Clayton; Persaud</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>{"Abstract":["This dataset contains the shear wave velocity model of northern Los Angeles basins, including San Gabriel, Chino, Raymond, and San Bernardino basin. The model domain is a rectangular box, with longitude between 116.90°W and 118.37°W, latitude between 33.90°N and 34.25°N. \nDetails of the files see README file."]}</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2317154</t>
+    <t>2317154; 2105320</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>CaltechDATA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>