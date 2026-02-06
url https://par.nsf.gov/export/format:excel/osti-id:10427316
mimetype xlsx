--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10427316</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stad595</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Another shipment of six short-period giant planets from &lt;i&gt;TESS&lt;/i&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rodriguez, Joseph E; Quinn, Samuel N; Vanderburg, Andrew; Zhou, George; Eastman, Jason D; Thygesen, Erica; Cale, Bryson; Ciardi, David R; Reed, Phillip A; Oelkers, Ryan J; Collins, Karen A; Bieryla, Allyson; Latham, David W; Gonzales, Erica J; Scott Gaudi, B; Hellier, Coel; Jones, Matías I; Brahm, Rafael; Sokolovsky, Kirill; Schulte, Jack; Srdoc, Gregor; Kielkopf, John; Grau Horta, Ferran; Massey, Bob; Evans, Phil; Stephens, Denise C; McLeod, Kim K; Chazov, Nikita; Krushinsky, Vadim; Ghachoui, Mourad; Safonov, Boris S; Dedrick, Cayla M; Conti, Dennis; Laloum, Didier; Giacalone, Steven; Ziegler, Carl; Guerra Serra, Pere; Naves Nogues, Ramon; Murgas, Felipe; Michaels, Edward J; Ricker, George R; Vanderspek, Roland K; Seager, Sara; Winn, Joshua N; Jenkins, Jon M; Addison, Brett; Alfaro, Owen; Anderson, D R; Aydi, Elias; Beatty, Thomas G; Bedding, Timothy R; Belinski, Alexander A; Benkhaldoun, Zouhair; Berlind, Perry; Blake, Cullen H; Bowen, Michael J; Bowler, Brendan P; Boyle, Andrew W; Branson, Dalton; Briceño, César; Calkins, Michael L; Campbell, Emma; Christiansen, Jessie L; Chomiuk, Laura; Collins, Kevin I; Cornachione, Matthew A; Daassou, Ahmed; Dressing, Courtney D; Esquerdo, Gilbert A; Feliz, Dax L; Fong, William; Fukui, Akihiko; Gan, Tianjun; Gill, Holden; Goliguzova, Maria V; Hansen, Jarrod; Henning, Thomas; Hintz, Eric G; Hobson, Melissa J; Horner, Jonathan; Huang, Chelsea X; James, David J; Jensen, Jacob S; Johnson, Samson A; Jordán, Andrés; Kane, Stephen R; Barkaoui, Khalid; Kim, Myung-Jin; Kim, Kingsley; Kuhn, Rudolf B; Law, Nicholas; Lewin, Pablo; Liu, Hui-Gen; Lund, Michael B; Mann, Andrew W; McCrady, Nate; Mengel, Matthew W; Mink, Jessica; Murphy, Lauren G; Narita, Norio; Newman, Patrick; Okumura, Jack; Osborn, Hugh P; Paegert, Martin; Palle, Enric; Pepper, Joshua; Plavchan, Peter; Popov, Alexander A; Rabus, Markus; Ranshaw, Jessica; Rodriguez, Jennifer A; Roh, Dong-Goo; Reefe, Michael A; Savel, Arjun B; Schwarz, Richard P; Shporer, Avi; Siverd, Robert J; Sliski, David H; Stassun, Keivan G; Stevens, Daniel J; Soubkiou, Abderahmane; Ting, Eric B; Tinney, C G; Vowell, Noah; Walton, Payton; West, R G; Wilson, Maurice L; Wittenmyer, Robert A; Wittrock, Justin M; Wolf, Shania; Wright, Jason T; Zhang, Hui; Zobel, Evan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>521</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2765 to 2785</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We present the discovery and characterization of six short-period, transiting giant planets from NASA’s Transiting Exoplanet Survey Satellite (TESS) -- TOI-1811 (TIC 376524552), TOI-2025 (TIC 394050135), TOI-2145 (TIC 88992642), TOI-2152 (TIC 395393265), TOI-2154 (TIC 428787891), and TOI-2497 (TIC 97568467). All six planets orbit bright host stars (8.9 &amp;lt;G &amp;lt; 11.8, 7.7 &amp;lt;K &amp;lt; 10.1). Using a combination of time-series photometric and spectroscopic follow-up observations from the TESS Follow-up Observing Program Working Group, we have determined that the planets are Jovian-sized (RP  = 0.99--1.45 RJ), have masses ranging from 0.92 to 5.26 MJ, and orbit F, G, and K stars (4766 ≤ Teff ≤ 7360 K). We detect a significant orbital eccentricity for the three longest-period systems in our sample: TOI-2025 b (P  = 8.872 d, 0.394$^{+0.035}_{-0.038}$), TOI-2145 b (P  = 10.261 d, e  = $0.208^{+0.034}_{-0.047}$), and TOI-2497 b (P  = 10.656 d, e  = $0.195^{+0.043}_{-0.040}$). TOI-2145 b and TOI-2497 b both orbit subgiant host stars (3.8 &amp;lt; log  g &amp;lt;4.0), but these planets show no sign of inflation despite very high levels of irradiation. The lack of inflation may be explained by the high mass of the planets; $5.26^{+0.38}_{-0.37}$ MJ (TOI-2145 b) and 4.82 ± 0.41 MJ (TOI-2497 b). These six new discoveries contribute to the larger community effort to use TESS to create a magnitude-complete, self-consistent sample of giant planets with well-determined parameters for future detailed studies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007811; 1952545; 1751874</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>