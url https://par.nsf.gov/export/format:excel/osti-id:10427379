--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10427379</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fspas.2022.1005061</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GMAG: An open-source python package for ground-based magnetometers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Murphy, Kyle R.; Rae, I. Jonathan; Halford, Alexa J.; Engebretson, Mark; Russell, Christopher T.; Matzka, Jürgen; Johnsen, Magnar G.; Milling, David K.; Mann, Ian R.; Kale, Andy; Xu, Zhonghua; Connors, Martin; Angelopoulos, Vassilis; Chi, Peter; Tanskanen, Eija</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Astronomy and Space Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-987X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Magnetometers are a key component of heliophysics research providing valuable insight into the dynamics of electromagnetic field regimes and their coupling throughout the solar system. On satellites, magnetometers provide detailed observations of the extension of the solar magnetic field into interplanetary space and of planetary environments. At Earth, magnetometers are deployed on the ground in extensive arrays spanning the polar cap, auroral and sub-auroral zone, mid- and low-latitudes and equatorial electrojet with nearly global coverage in azimuth (longitude or magnetic local time—MLT). These multipoint observations are used to diagnose both ionospheric and magnetospheric processes as well as the coupling between the solar wind and these two regimes at a fraction of the cost of              in-situ              instruments. Despite their utility in research, ground-based magnetometer data can be difficult to use due to a variety of file formats, multiple points of access for the data, and limited software. In this short article we review the Open-Source Python library GMAG which provides rapid access to ground-based magnetometer data from a number of arrays in a Pandas DataFrame, a common data format used throughout scientific research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1744828; 2027168; 2012202</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>