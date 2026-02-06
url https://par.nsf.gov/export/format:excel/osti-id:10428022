--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10428022</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202243656</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Confirmation and characterisation of three giant planets detected by TESS from the FIES/NOT and Tull/McDonald spectrographs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Knudstrup, Emil; Serrano, Luisa M.; Gandolfi, Davide; Albrecht, Simon H.; Cochran, William D.; Endl, Michael; MacQueen, Phillip; Tronsgaard, René; Bieryla, Allyson; Buchhave, Lars A.; Stassun, Keivan; Collins, Karen A.; Nowak, Grzegorz; Deeg, Hans J.; Barkaoui, Khalid; Safonov, Boris S.; Strakhov, Ivan A.; Belinski, Alexandre A.; Twicken, Joseph D.; Jenkins, Jon M.; Howard, Andrew W.; Isaacson, Howard; Winn, Joshua N.; Collins, Kevin I.; Conti, Dennis M.; Furesz, Gabor; Gan, Tianjun; Kielkopf, John F.; Massey, Bob; Murgas, Felipe; Murphy, Lauren G.; Palle, Enric; Quinn, Samuel N.; Reed, Phillip A.; Ricker, George R.; Seager, Sara; Shiao, Bernie; Schwarz, Richard P.; Srdoc, Gregor; Watanabe, David</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>667</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We report the confirmation and characterisation of TOI-1820 b, TOI-2025 b, and TOI-2158 b, three Jupiter-sized planets on short-period orbits around G-type stars detected by TESS. Through our ground-based efforts using the FIES and Tull spectrographs, we have confirmed these planets and characterised their orbits, and find periods of around 4.9 d, 8.9 d, and 8.6 d for TOI-1820 b, TOI-2025 b, and TOI-2158 b, respectively. The sizes of the planets range from 0.96 to 1.14 Jupiter radii, and their masses are in the range from 0.8 to 4.4 Jupiter masses. For two of the systems, namely TOI-2025 and TOI-2158, we see a long-term trend in the radial velocities, indicating the presence of an outer companion in each of the two systems. For TOI-2025 we furthermore find the star to be well aligned with the orbit, with a projected obliquity of 9              −31              +33              °. As these planets are all found in relatively bright systems (              V              ~ 10.9–11.6 mag), they are well suited for further studies, which could help shed light on the formation and migration of hot and warm Jupiters.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1952545</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>