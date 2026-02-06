--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10428635</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3982/TE4636</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Progressive participation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bergemann, Dirk; Strack, Philipp</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Theoretical Economics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1007 to 1039</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1933-6837</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A single seller faces a sequence of buyers with unit demand. The buyers are forward‐looking and long‐lived. Each buyer has private information about his arrival time              and              valuation where the latter evolves according to a geometric Brownian motion. Any incentive‐compatible mechanism has to induce truth‐telling about the arrival time and the evolution of the valuation.                        We establish that the optimal stationary allocation policy can be implemented by a simple posted price. The truth‐telling constraint regarding the arrival time can be represented as an optimal stopping problem that determines the first time at which the buyer participates in the mechanism. The optimal mechanism thus induces progressive participation by each buyer: he either participates immediately or at a future random time.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1459899</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>