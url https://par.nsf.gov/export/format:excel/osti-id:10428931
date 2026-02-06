--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10428931</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/BigData55660.2022.10021003</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ABM: Attention-based Message Passing Network for Knowledge Graph Completion</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Weikai; Liu, Lihui; Tong, Hanghang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 IEEE International Conference on Big Data (Big Data)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>339 to 348</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Knowledge graph is ubiquitous and plays an important role in many real-world applications, including recommender systems, question answering, fact-checking, and so on. However, most of the knowledge graphs are incomplete which can hamper their practical usage. Fortunately, knowledge graph completion (KGC) can mitigate this problem by inferring missing edges in the knowledge graph according to the existing information. In this paper, we propose a novel KGC method named ABM (Attention-Based Message passing) which focuses on predicting the relation between any two entities in a knowledge graph. The proposed ABM consists of three integral parts, including (1) context embedding, (2) structure embedding, and (3) path embedding. In the context embedding, the proposed ABM generalizes the existing message passing neural network to update the node embedding and the edge embedding to assimilate the knowledge of nodes' neighbors, which captures the relative role information of the edge that we want to predict. In the structure embedding, the proposed method overcomes the shortcomings of the existing GNN method (i.e., most methods ignore the structural similarity between nodes.) by assigning different attention weights to different nodes while doing the aggregation. Path embedding generates paths between any two entities and treats these paths as sequences. Then, the sequence can be used as the input of the Transformer to update the embedding of the knowledge graph to gather the global role of the missing edges. By utilizing these three mutually complementary strategies, the proposed ABM is able to capture both the local and global information which in turn leads to a superb performance. Experiment results show that ABM outperforms baseline methods on a wide range of datasets.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2134079; 1939725; 1947135</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>