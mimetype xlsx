--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10429503</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202346298</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2021-BLG-2010Lb, KMT-2022-BLG-0371Lb, and KMT-2022-BLG-1013Lb: Three microlensing planets detected via partially covered signals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Lee, Chung-Uk; Zang, Weicheng; Jung, Youn Kil; Christie, Grant W.; Zhang, Jiyuan; Albrow, Michael D.; Chung, Sun-Ju; Gould, Andrew; Hwang, Kyu-Ha; Kim, Doeon; Ryu, Yoon-Hyun; Shin, In-Gu; Shvartzvald, Yossi; Yang, Hongjing; Yee, Jennifer C.; Cha, Sang-Mok; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W.; Natusch, Tim; Mao, Shude; Maoz, Dan; Penny, Matthew T.; Zhu, Wei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>674</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A90</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Aims.              We inspect the four microlensing events KMT-2021-BLG-1968, KMT-2021-BLG-2010, KMT-2022-BLG-0371, and KMT-2022-BLG-1013, for which the light curves exhibit partially covered short-term central anomalies. We conduct detailed analyses of the events with the aim of revealing the nature of the anomalies.                                      Methods.              We tested various models that can explain the anomalies of the individual events, including the binary-lens (2L1S) and binary-source (1L2S) interpretations. Under the 2L1S interpretation, we thoroughly inspected the parameter space to determine the existence of degenerate solutions, and if they existed, we tested whether the degeneracy could be resolved.                                      Results.              We find that the anomalies in KMT-2021-BLG-2010 and KMT-2022-BLG-1013 are uniquely defined by planetary-lens interpretations with planet-to-host mass ratios of              q ~              2.8 × 10              −3              and ~1.6 × 10              −3              , respectively. For KMT-2022-BLG-0371, a planetary solution with a mass ratio              q              ~ 4 × 10              −4              is strongly favored over the other three degenerate 2L1S solutions with different mass ratios based on the              χ                              2                            and relative proper motion arguments, and a 1L2S solution is clearly ruled out. For KMT-2021-BLG-1968, on the other hand, we find that the anomaly can be explained either by a planetary or a binary-source interpretation, making it difficult to firmly identify the nature of the anomaly. From the Bayesian analyses of the identified planetary events, we estimate that the masses of the planet and host are (              M              p              /              M              J              ,              M              h              /              M              ⊙              ) = (1.07              −0.68              +1.15              , 0.37              −0.23              +0.40              ), (0.26              −0.11              +0.13              , 0.63              −0.28              +0.32              ), and (0.31              −0.16              +0.46              , 0.18              −0.10              +0.28              ) for KMT-2021-BLG-2010L, KMT-2022-BLG-0371L, and KMT-2022-BLG-1013L, respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>