--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10429522</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202244186</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Brown dwarf companions in microlensing binaries detected during the 2016–2018 seasons</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Ryu, Yoon-Hyun; Shin, In-Gu; Kil Jung, Youn; Kim, Doeon; Hirao, Yuki; Bozza, Valerio; Albrow, Michael D.; Zang, Weicheng; Udalski, Andrzej; Bond, Ian A.; Chung, Sun-Ju; Gould, Andrew; Hwang, Kyu-Ha; Shvartzvald, Yossi; Yang, Hongjing; Cha, Sang-Mok; Kim, Dong-Jin; Kim, Hyoun-Woo; Kim, Seung-Lee; Lee, Chung-Uk; Lee, Dong-Joo; Yee, Jennifer C.; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W.; Mróz, Przemek; Szymański, Michał K.; Skowron, Jan; Poleski, Radek; Soszyński, Igor; Pietrukowicz, Paweł; Kozłowski, Szymon; Ulaczyk, Krzysztof; Rybicki, Krzysztof A.; Iwanek, Patryk; Wrona, Marcin; Abe, Fumio; Barry, Richard; Bennett, David P.; Bhattacharya, Aparna; Fujii, Hirosame; Fukui, Akihiko; Ishitani Silva, Stela; Kirikawa, Rintaro; Kondo, Iona; Koshimoto, Naoki; Matsubara, Yutaka; Matsumoto, Sho; Miyazaki, Shota; Muraki, Yasushi; Okamura, Arisa; Olmschenk, Greg; Ranc, Clément; Rattenbury, Nicholas J.; Satoh, Yuki; Sumi, Takahiro; Suzuki, Daisuke; Toda, Taiga; Tristram, Paul J.; Vandorou, Aikaterini; Yama, Hibiki; Itow, Yoshitaka</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>667</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A64</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Aims.              With the aim of finding microlensing binaries containing brown dwarf (BD) companions, we investigate the microlensing survey data collected during the 2016–2018 seasons.                                      Methods.              For this purpose, we first modeled lensing events with light curves exhibiting anomaly features that are likely to be produced by binary lenses. We then sorted out BD companion binary-lens events by applying the criterion that the companion-to-primary mass ratio is              q               ≲ 0.1. With this procedure, we identify six binaries with candidate BD companions: OGLE-2016-BLG-0890L, MOA-2017-BLG-477L, OGLE-2017-BLG-0614L, KMT-2018-BLG-0357L, OGLE-2018-BLG-1489L, and OGLE-2018-BLG-0360L.                                      Results.              We estimated the masses of the binary companions by conducting Bayesian analyses using the observables of the individual lensing events. According to the Bayesian estimation of the lens masses, the probabilities for the lens companions of the events OGLE-2016-BLG-0890, OGLE-2017-BLG-0614, OGLE-2018-BLG-1489, and OGLE-2018-BLG-0360 to be in the BD mass regime are very high with              P              BD               &gt; 80%. For MOA-2017-BLG-477 and KMT-2018-BLG-0357, the probabilities are relatively low with              P              BD               = 61% and 69%, respectively.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>