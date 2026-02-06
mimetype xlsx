--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10429523</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202244438</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>KMT-2017-BLG-0673Lb and KMT-2019-BLG-0414Lb: Two microlensing planets detected in peripheral fields of KMTNet survey</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Cheongho; Lee, Chung-Uk; Gould, Andrew; Jung, Youn Kil; Albrow, Michael D.; Chung, Sun-Ju; Hwang, Kyu-Ha; Kim, Doeon; Ryu, Yoon-Hyun; Shin, In-Gu; Shvartzvald, Yossi; Yang, Hongjing; Yee, Jennifer C.; Zang, Weicheng; Cha, Sang-Mok; Kim, Dong-Jin; Kim, Seung-Lee; Lee, Dong-Joo; Lee, Yongseok; Park, Byeong-Gon; Pogge, Richard W.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>666</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A132</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Aims.              We investigate the microlensing data collected during the 2017–2019 seasons in the peripheral Galactic bulge fields with the aim of finding planetary signals in microlensing light curves observed with relatively sparse coverage.                                      Methods.              We first sort out lensing events with weak short-term anomalies in the lensing light curves from the visual inspection of all non-prime-field events, and then test various interpretations of the anomalies. From this procedure, we find two previously unidentified candidate planetary lensing events KMT-2017-BLG-0673 and KMT-2019-BLG-0414. It is found that the planetary signal of KMT-2017-BLG-0673 was produced by the source crossing over a planet-induced caustic, but it was previously missed because of the sparse coverage of the signal. On the other hand, the possibly planetary signal of KMT-2019-BLG-0414 was generated without caustic crossing, and it was previously missed due to the weakness of the signal. We identify a unique planetary solution for KMT-2017-BLG-0673. However, for KMT-2019-BLG-0414, we identify two pairs of planetary solutions, for each of which there are two solutions caused by the close-wide degeneracy, and a slightly less favored binary-source solution, in which a single lens mass gravitationally magnified a rapidly orbiting binary source with a faint companion (xallarap).                                      Results.              From Bayesian analyses, it is estimated that the planet KMT-2017-BLG-0673Lb has a mass of 3.7              −2.1              +2.2              M              J              , and it is orbiting a late K-type host star with a mass of 0.63              −0.35              +0.37              M              ⊙              . Under the planetary interpretation of KMT-2010-BLG-0414L, a star with a mass of 0.74              −0.38              +0.43              M              ⊙              hosts a planet with a mass of ~3.2–3.6              M              J              depending on the solution. We discuss the possible resolution of the planet-xallarap degeneracy of KMT-2019-BLG-0414 by future adaptive-optics observations on 30 m class telescopes. The detections of the planets indicate the need for thorough investigations of non-prime-field lensing events for the complete census of microlensing planet samples.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108414</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>