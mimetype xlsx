--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10429734</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/WF-IoT54382.2022.10152167</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Trusted IP Solution in Multi-tenant Cloud FPGA Platform</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ahmed, Muhammed Kawser; Saha, Sujan Kumar; Bobda, Christophe</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 IEEE 8th World Forum on Internet of Things (WF-IoT)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Because FPGAs outperform traditional processing cores like CPUs and GPUs in terms of performance per watt and flexibility, they are being used more and more in cloud and data center applications. There are growing worries about the security risks posed by multi-tenant sharing as the demand for hardware acceleration increases and gradually gives way to FPGA multi-tenancy in the cloud. The confidentiality, integrity, and availability of FPGA-accelerated applications may be compromised if space-shared FPGAs are made available to many cloud tenants. We propose a root of trust-based trusted execution mechanism called TrustToken to prevent harmful software-level attackers from getting unauthorized access and jeopardizing security. With safe key creation and truly random sources, TrustToken creates a security block that serves as the foundation of trust-based IP security. By offering crucial security characteristics, such as secure, isolated execution and trusted user interaction, TrustToken only permits trustworthy connection between the non-trusted third-party IP and the rest of the SoC environment. The suggested approach does this by connecting the third-party IP interface to the TrustToken Controller and running run-time checks on the correctness of the IP authorization(Token) signals. With an emphasis on software-based assaults targeting unauthorized access and information leakage, we offer a noble hardware/software architecture for trusted execution in FPGA-accelerated clouds and data centers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007210</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>