--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10430191</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/RadarConf2351548.2023.10149583</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Clutter Suppression for Target Detection Using Hybrid Reconfigurable Intelligent Surfaces</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Fangzhou; Li, Hongbin; Swindlehurst, A. Lee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2023 IEEE Radar Conference (RadarConf23)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Reconfigurable intelligent surface (RIS) technology is a promising approach being considered for future wireless communications due to its ability to control signal propagation with low-cost elements. This paper explores the use of an RIS for clutter mitigation and target detection in radar systems. Unlike conventional reflect-only RIS, which can only adjust the phase of the reflected signal, or active RIS, which can also amplify the reflected signal at the cost of significantly higher complexity, noise, and power consumption, we exploit hybrid RIS that can configure both the phase and modulus of the impinging signal by absorbing part of the signal energy. Such RIS can be considered as a compromise solution between conventional reflect-only and active RIS in terms of complexity, power consumption, and degrees of freedoms (DoFs). We consider two clutter suppression scenarios: with and without knowledge of the target range cell. The RIS design is formulated by minimizing the received clutter echo energy when there is no information regarding the potential target range cell. This turns out to be a convex problem and can be efficiently solved. On the other hand, when target range cell information is available, we maximize the received signal-to-noise-plus-interference ratio (SINR). The resulting non-convex optimization problem is solved through fractional programming algorithms. Numerical results are presented to demonstrate the performance of the proposed hybrid RIS in comparison with conventional RIS in clutter suppression for target detection.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107182; 2030029; 2212940; 2316865; 1923739</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>