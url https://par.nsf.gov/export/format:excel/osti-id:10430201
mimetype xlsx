--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10485005</t>
-[...8 lines deleted...]
-    <t>Muyskens, Amanda; Guinness, Joseph; Fuentes, Montserrat</t>
+    <t>10430201</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3354/meps14231</t>
+  </si>
+  <si>
+    <t>Effects of season and latitude on the diet quality of the invasive Asian shore crab Hemigrapsus sanguineus</t>
+  </si>
+  <si>
+    <t>Reese, TC; Alder, J; Asay, EG; Blakeslee, AMH; Cabrera, D; Crane, LC; Fletcher, LS; Pinkston, E; Repetto, MF; Smith, N; Stancil, C; Tepolt, CK; Toscano, BJ; Griffen, BD</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-10-02T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>We introduce computational methods that allow for effective estimation of a flexible nonstationary spatial model when the field size is too large to compute the multivariate normal likelihood directly. In this method, the field is defined as a weighted spatially varying linear combination of a globally stationary process and locally stationary processes. Often in such a model, the difficulty in its practical use is in the definition of the boundaries for the local processes, and therefore, we describe one such selection procedure that generally captures complex nonstationary relationships. We generalize the use of a stochastic approximation to the score equations in this nonstationary case and provide tools for evaluating the approximate score in O(n log n ) operations and O(n) storage for data on a subset of a grid. We perform various simulations to explore the effectiveness and speed of the proposed methods and conclude by predicting average daily temperature. Supplementary materials for this article are available online.</t>
+    <t>2023-01-26T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Marine Ecology Progress Series</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>67 to 79</t>
+  </si>
+  <si>
+    <t>0171-8630</t>
+  </si>
+  <si>
+    <t>Invasive species alter invaded ecosystems via direct impacts such as consumption. In turn, an invasive species’ ability to thrive in new habitats depends on its ability to exploit available resources, which may change over time and space. Diet quality and quantity are indicators of a consumer’s consumptive effects and can be strongly influenced by season and latitude. We examined the effects of season and latitude on the diet quality and quantity of the invasive Asian shore crab              Hemigrapsus sanguineus              throughout a non-winter sampling year at 5 different sites spanning 8° of latitude across its invaded United States range. We found that diet quality, averaged through time, largely follows an expected latitudinal cline, being higher in the center of its range and lower toward the southern and northern edges. We also found that while some sites show similar patterns of diet quality variation with season, no pattern is consistent across all latitudes. Finally, we found that crabs at sites with low diet quality during summer reproductive months did not compensate by increasing total consumption. Because the Asian shore crab is an important consumer in its invaded ecosystems, understanding how its diet quality and quantity vary with season and latitude can help us better understand how this species influences trophic interactions and community structure, how it has been able to establish across a wide ecological and environmental range, and where future range expansion is most likely to occur.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1916208</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2052246</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Taylor and Francis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,84 +296,80 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>