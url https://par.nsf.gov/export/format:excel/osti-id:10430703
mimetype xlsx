--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10430703</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3545008.3545067</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Accelerating Random Forest Classification on GPU and FPGA</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shah, Milan; Neff, Reece; Wu, Hancheng; Minutoli, Marco; Tumeo, Antonino; Becchi, Michela</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ICPP '22: Proceedings of the 51st International Conference on Parallel Processing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 11</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Random Forests (RFs) are a commonly used machine learning method for classification and regression tasks spanning a variety of application domains, including bioinformatics, business analytics, and software optimization. While prior work has focused primarily on improving performance of the training of RFs, many applications, such as malware identification, cancer prediction, and banking fraud detection, require fast RF classification.
+In this work, we accelerate RF classification on GPU and FPGA. In order to provide efficient support for large datasets, we propose a hierarchical memory layout suitable to the GPU/FPGA memory hierarchy. We design three RF classification code variants based on that layout, and we investigate GPU- and FPGA-specific considerations for these kernels. Our experimental evaluation, performed on an Nvidia Xp GPU and on a Xilinx Alveo U250 FPGA accelerator card using publicly available datasets on the scale of millions of samples and tens of features, covers various aspects. First, we evaluate the performance benefits of our hierarchical data structure over the standard compressed sparse row (CSR) format. Second, we compare our GPU implementation with cuML, a machine learning library targeting Nvidia GPUs. Third, we explore the performance/accuracy tradeoff resulting from the use of different tree depths in the RF. Finally, we perform a comparative performance analysis of our GPU and FPGA implementations. Our evaluation shows that, while reporting the best performance on GPU, our code variants outperform the CSR baseline both on GPU and FPGA. For high accuracy targets, our GPU implementation yields a 5-9 × speedup over CSR, and up to a 2 × speedup over Nvidia’s cuML library.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1812727; 1741683</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>