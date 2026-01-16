--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -95,69 +95,69 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10430871</t>
   </si>
   <si>
     <t>https://doi.org/10.1021/jacs.3c04870</t>
   </si>
   <si>
     <t>Enantio- and Diastereoenriched Enzymatic Synthesis of 1,2,3-Polysubstituted Cyclopropanes from (Z/E)-Trisubstituted Enol Acetates</t>
   </si>
   <si>
-    <t>Mao, Runze; Wackelin, Daniel J.; Jamieson, Cooper S.; Rogge, Torben; Gao, Shilong; Das, Anuvab; Taylor, Doris Mia; Houk, K N; Arnold, Frances H.</t>
+    <t>Mao, Runze; Wackelin, Daniel J.; Jamieson, Cooper S.; Rogge, Torben; Gao, Shilong; Das, Anuvab; Taylor, Doris_Mia; Houk, K N; Arnold, Frances H.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2023-07-11T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of the American Chemical Society</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>15631-16286</t>
+    <t>16176-16185</t>
   </si>
   <si>
     <t>1943-2984</t>
   </si>
   <si>
     <t>In nature and synthetic chemistry, stereoselective [2+1] cyclopropanation is the most prevalent strategy for the synthesis of chiral cyclopropanes, a class of key pharmacophores in pharmaceuticals and bioactive natural products. One of the most extensively studied reactions in the organic chemist’s arsenal, stereoselective [2+1] cyclopropanation, largely relies on the use of stereodefined olefins, which can require elaborate laboratory synthesis or tedious separation to ensure high stereoselectivity. Here we report engineered hemoproteins derived from a bacterial cytochrome P450 that catalyze the synthesis of chiral 1,2,3-polysubstituted cyclopropanes, regardless of the stereopurity of the olefin substrates used. Cytochrome P450BM3 variant P411-INC-5185 exclusively converts (Z)-enol acetates to enantio- and diastereoenriched cyclopropanes and in the model reaction delivers a leftover (E)-enol acetate with 98% stereopurity, using whole Escherichia coli cells. P411-INC-5185 was further engineered with a single mutation to enable the biotransformation of (E)-enol acetates to α-branched ketones with high levels of enantioselectivity while simultaneously catalyzing the cyclopropanation of (Z)-enol acetates with excellent activities and selectivities. We conducted docking studies and molecular dynamics simulations to understand how active-site residues distinguish between the substrate isomers and enable the enzyme to perform these distinct transformations with such high selectivities. Computational studies suggest the observed enantio- and diastereoselectivities are achieved through a stepwise pathway. These biotransformations streamline the synthesis of chiral 1,2,3-polysubstituted cyclopropanes from readily available mixtures of (Z/E)-olefins, adding a new dimension to classical cyclopropanation methods.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2153972; 2016137</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>8MB</t>
   </si>
   <si>
     <t>pdf</t>
   </si>
   <si>
     <t>1</t>
   </si>