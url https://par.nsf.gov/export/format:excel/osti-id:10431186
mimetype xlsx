--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10431186</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202244056</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-1468: A system of two transiting planets, a super-Earth and a mini-Neptune, on opposite sides of the radius valley</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chaturvedi, P.; Bluhm, P.; Nagel, E.; Hatzes, A. P.; Morello, G.; Brady, M.; Korth, J.; Molaverdikhani, K.; Kossakowski, D.; Caballero, J. A.; Guenther, E. W.; Pallé, E.; Espinoza, N.; Seifahrt, A.; Lodieu, N.; Cifuentes, C.; Furlan, E.; Amado, P. J.; Barclay, T.; Bean, J.; Béjar, V. J.; Bergond, G.; Boyle, A. W.; Ciardi, D.; Collins, K. A.; Collins, K. I.; Esparza-Borges, E.; Fukui, A.; Gnilka, C. L.; Goeke, R.; Guerra, P.; Henning, Th.; Herrero, E.; Howell, S. B.; Jeffers, S. V.; Jenkins, J. M.; Jensen, E. L.; Kasper, D.; Kodama, T.; Latham, D. W.; López-González, M. J.; Luque, R.; Montes, D.; Morales, J. C.; Mori, M.; Murgas, F.; Narita, N.; Nowak, G.; Parviainen, H.; Passegger, V. M.; Quirrenbach, A.; Reffert, S.; Reiners, A.; Ribas, I.; Ricker, G. R.; Rodriguez, E.; Rodríguez-López, C.; Schlecker, M.; Schwarz, R. P.; Schweitzer, A.; Seager, S.; Stefánsson, G.; Stockdale, C.; Tal-Or, L.; Twicken, J. D.; Vanaverbeke, S.; Wang, G.; Watanabe, D.; Winn, J. N.; Zechmeister, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>666</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A155</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We report the discovery and characterization of two small transiting planets orbiting the bright M3.0V star TOI-1468 (LSPM J0106+1913), whose transit signals were detected in the photometric time series in three sectors of the TESS mission. We confirm the planetary nature of both of them using precise radial velocity measurements from the CARMENES and MAROON-X spectrographs, and supplement them with ground-based transit photometry. A joint analysis of all these data reveals that the shorter-period planet, TOI-1468 b (              P              b              = 1.88 d), has a planetary mass of              M              b              = 3.21 ± 0.24              M              ⊕              and a radius of              R              b              = 1.280              −0.039              +0.038              R              ⊕              , resulting in a density of              ρ              b              = 8.39              −0.92              +1.05              g cm              −3              , which is consistent with a mostly rocky composition. For the outer planet, TOI-1468 c (              P              c              = 15.53 d), we derive a mass of              M              c              = 6.64              −0.68              +0.67              M              ⊕              ,aradius of              R              c              = 2.06 ± 0.04              R              ⊕              ,              and a bulk density of              ρ              c              =              2.00              −0.19              +0.21              g cm              −3              , which corresponds to a rocky core composition with a H/He gas envelope. These planets are located on opposite sides of the radius valley, making our system an interesting discovery as there are only a handful of other systems with the same properties. This discovery can further help determine a more precise location of the radius valley for small planets around M dwarfs and, therefore, shed more light on planet formation and evolution scenarios.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>