--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10431391</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>RLPROMPT: Optimizing Discrete Text Prompts with Reinforcement Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Deng Mingkai, Wang Jianyu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2022 Conference on Empirical Methods in Natural Language Processing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Prompting has shown impressive success in enabling large pre-trained language models (LMs) to perform diverse NLP tasks, especially with only few downstream data. Automatically finding the optimal prompt for each task, however, is challenging. Most existing work resorts to tuning *soft* prompts (e.g., embeddings) which fall short of interpretability, reusability across LMs, and applicability when gradients are not accessible. *Discrete* prompts, on the other hand, are difficult to optimize, and are often created by “enumeration (e.g., paraphrasing)-then-selection” heuristics that do not explore the prompt space systematically. This paper proposes RLPrompt, an efficient discrete prompt optimization approach with reinforcement learning (RL). RLPrompt formulates a parameter-efficient policy network that generates the optimized discrete prompt after training with reward. To harness the complex and stochastic reward signals from the large LM environment, we incorporate effective reward stabilization that substantially enhances training efficiency. RLPrompt is flexibly applicable to different types of LMs, such as masked (e.g., BERT) and left-to-right models (e.g., GPTs), for both classification and generation tasks. Experiments on few-shot classification and unsupervised text style transfer show superior performance over a wide range of existing fine-tuning or prompting methods. Interestingly, the resulting optimized prompts are often ungrammatical gibberish text; and surprisingly, those gibberish prompts are transferrable between different LMs to retain significant performance, indicating that LM prompting may not follow human language patterns.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955532</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>