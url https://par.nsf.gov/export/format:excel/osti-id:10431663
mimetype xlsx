--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10431663</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/1071181322661213</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Identifying Individual-, Team-, and Organizational-Level Factors that Affect Team Performance in Complex Domains Based on Recent Literature</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Atweh, J.A.; Moacdieh, N.M.; Riggs, S.L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Human Factors and Ergonomics Society Annual Meeting</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1795 - 1799</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-5067</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Working in teams provides several advantages to dynamic, data-driven domains, but can also add a layer of complexity to operations. There have been several reviews on teams and team performance analysis; however, there has been limited work in the last five years that has examined micro- and macro-level factors that affect overall team performance. Previous research has proposed a framework within healthcare characterizing team characteristics into three categories: individual contributions, team processes, and organizational structures. However, it is still unclear how new emerging topics in the team literature fit within this framework. Here we provide more specific definitions of the three categories proposed and conduct a review that builds on this framework by adding topics identified from the current literature. To this end, we carried out a systematic search of the human factors literature to examine the research on team performance across various domains from the past five years centered. We then propose ideas for future research on team performance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2008680</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>