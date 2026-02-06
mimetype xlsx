--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10431883</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3577031</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Type Information Utilized Event Detection via Multi-Channel GNNs in Electrical Power Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Qian; Li, Jianxin; Wang, Lihong; Ji, Cheng; Hei, Yiming; Sheng, Jiawei; Sun, Qingyun; Xue, Shan; Xie, Pengtao</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on the Web</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1559-1131</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Event detection in power systems aims to identify triggers and event types, which helps relevant personnel respond to emergencies promptly and facilitates the optimization of power supply strategies. However, the limited length of short electrical record texts causes severe information sparsity, and numerous domain-specific terminologies of power systems makes it difficult to transfer knowledge from language models pre-trained on general-domain texts. Traditional event detection approaches primarily focus on the general domain and ignore these two problems in the power system domain. To address the above issues, we propose a              Multi-Channel graph neural network utilizing Type information for Event Detection              in power systems, named              MC-TED              , leveraging a semantic channel and a topological channel to enrich information interaction from short texts. Concretely, the semantic channel refines textual representations with semantic similarity, building the semantic information interaction among potential event-related words. The topological channel generates a relation-type-aware graph modeling word dependencies, and a word-type-aware graph integrating part-of-speech tags. To further reduce errors worsened by professional terminologies in type analysis, a type learning mechanism is designed for updating the representations of both the word type and relation type in the topological channel. In this way, the information sparsity and professional term occurrence problems can be alleviated by enabling interaction between topological and semantic information. Furthermore, to address the lack of labeled data in power systems, we built a Chinese event detection dataset based on electrical Power Event texts, named              PoE              . In experiments, our model achieves compelling results not only on the PoE dataset, but on general-domain event detection datasets including ACE 2005 and MAVEN.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100237</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>