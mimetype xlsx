--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2023-06-26T04:00:00Z</t>
   </si>
   <si>
     <t>Monthly Notices of the Royal Astronomical Society</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0035-8711</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;We forecast the prospects for cross-correlating future line intensity mapping (LIM) surveys with the current and future Ly-α forest measurements. Using large cosmological hydrodynamic simulations, we model the emission from the CO rotational transition in the CO Mapping Array Project LIM experiment at the 5-yr benchmark and the Ly-α forest absorption signal for extended Baryon Acoustic Oscillations (BOSS), Dark energy survey instrument (DESI), and Prime Focus multiplex Spectroscopy survey (PFS). We show that CO × Ly-α forest significantly enhances the detection signal-to-noise ratio (S/N) of CO, with up to $300{{\ \rm per\, cent}}$ improvement when correlated with the PFS Ly-α forest survey and a 50–75 per cent enhancement with the available eBOSS or the upcoming DESI observations. This is competitive with even CO × spectroscopic galaxy surveys. Furthermore, our study suggests that the clustering of CO emission is tightly constrained by CO × Ly-α forest due to the increased sensitivity and the simplicity of Ly-α absorption modelling. Foreground contamination or systematics are expected not to be shared between LIM and Ly-α forest observations, providing an unbiased inference. Ly-α forest will aid in detecting the first LIM signals. We also estimate that [C ii] × Ly-α forest measurements from Experiment for Cryogenic Large-Aperture Intensity Mapping and DESI/eBOSS should have a larger S/N than planned [C ii] × quasar observations by about an order of magnitude.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2107821</t>
+    <t>2107821; 2108014</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>p. 1933-1945</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>