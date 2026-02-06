--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10432086</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning to Generalize Provably in Learning to Optimize</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Junjie; Chen, Tianlong; Zhu, Mingkang; He, Fengxiang; Tao, Dacheng; Liang, Yingbin; Wang, Zhangyang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference on Artificial Intelligence and Statistics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>206</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9807-9825</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Learning to optimize (L2O) has gained increasing popularity, which automates the design of optimizers by data-driven approaches. However, current L2O methods often suffer from poor generalization performance in at least two folds: (i) applying the L2O-learned optimizer to unseen optimizees, in terms of lowering their loss function values (optimizer generalization, or “generalizable learning of optimizers”); and (ii) the test performance of an optimizee (itself as a machine learning model), trained by the optimizer, in terms of the accuracy over unseen data (optimizee generalization, or “learning to generalize”). While the optimizer generalization has been recently studied, the optimizee generalization (or learning to generalize) has not been rigorously studied in the L2O context, which is the aim of this paper. We first theoretically establish an implicit connection between the local entropy and the Hessian, and hence unify their roles in the handcrafted design of generalizable optimizers as equivalent metrics of the landscape flatness of loss functions. We then propose to incorporate these two metrics as flatness-aware regularizers into the L2O framework in order to meta-train optimizers to learn to generalize, and theoretically show that such generalization ability can be learned during the L2O meta-training process and then transformed to the optimizee loss function. Extensive experiments consistently validate the effectiveness of our proposals with substantially improved generalization on multiple sophisticated L2O models and diverse optimizees.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2113904</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>