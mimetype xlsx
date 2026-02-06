--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10432947</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3501385.3543977</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Adaptive Parsons Problems to Scaffold Write-Code Problems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hou, Xinying; Ericson, Barbara Jane; Wang, Xu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-08-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2022 ACM Conference on International Computing Education Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>15 to 26</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we explore using Parsons problems to scaffold novice programmers who are struggling while solving write-code problems. Parsons problems, in which students put mixed-up code blocks in order, can be created quickly and already serve thousands of students while other types of programming support methods are expensive to develop or do not scale. We conducted two studies in which novices were given equivalent Parsons problems as optional scaffolding while solving write-code problems. We investigated when, why, and how students used the Parsons problems as well as their perceptions of the benefits and challenges. A think-aloud observational study with 11 undergraduate students showed that students utilized the Parsons problem before writing a solution to get ideas about where to start; during writing a solution when they were stuck; and after writing a solution to debug errors and look for better strategies. Semi-structured interviews with the same 11 undergraduate students provided evidence that using Parsons problems to scaffold write-code problems helped students to reduce the difficulty, reduce the problem completion time, learn problem-solving strategies, and refine their programming knowledge. However, some students found them less useful if the Parsons solution did not match their approach or if they did not understand the solution. We then conducted a between-subjects classroom study with 81 undergraduate students to investigate the effects on learning. We found that students who received Parsons problems as scaffolding during write-code problems spent significantly less time solving those problems. However, there was no significant learning gain in either condition from pretest to posttest. We also discuss the design implications of our findings.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2143028</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>