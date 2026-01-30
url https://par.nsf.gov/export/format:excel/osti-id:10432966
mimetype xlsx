--- v0 (2025-11-03)
+++ v1 (2026-01-30)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10432966</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PhysRevC.105.064911</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Centrality and transverse-momentum dependence of higher-order flow harmonics of identified hadrons in Au+Au collisions at &lt;math&gt;&lt;mrow&gt;&lt;msqrt&gt;&lt;msub&gt;&lt;mi&gt;s&lt;/mi&gt;&lt;mrow&gt;&lt;mi&gt;N&lt;/mi&gt;&lt;mi&gt;N&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/msqrt&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;200&lt;/mn&gt;&lt;/mrow&gt;&lt;/math&gt; GeV</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abdallah, M. S.; Aboona, B. E.; Adam, J.; Adamczyk, L.; Adams, J. R.; Adkins, J. K.; Agakishiev, G.; Aggarwal, I.; Aggarwal, M. M.; Ahammed, Z.; Aitbaev, A.; Alekseev, I.; Anderson, D. M.; Aparin, A.; Aschenauer, E. C.; Ashraf, M. U.; Atetalla, F. G.; Averichev, G. S.; Bairathi, V.; Baker, W.; Ball Cap, J. G.; Barish, K.; Behera, A.; Bellwied, R.; Bhagat, P.; Bhasin, A.; Bielcik, J.; Bielcikova, J.; Bordyuzhin, I. G.; Brandenburg, J. D.; Brandin, A. V.; Cai, X. Z.; Caines, H.; Calderón de la Barca Sánchez, M.; Cebra, D.; Chakaberia, I.; Chaloupka, P.; Chan, B. K.; Chang, F-H.; Chang, Z.; Chatterjee, A.; Chattopadhyay, S.; Chen, D.; Chen, J.; Chen, J. H.; Chen, X.; Chen, Z.; Cheng, J.; Choudhury, S.; Christie, W.; Chu, X.; Crawford, H. J.; Csanád, M.; Daugherity, M.; Dedovich, T. G.; Deppner, I. M.; Derevschikov, A. A.; Dhamija, A.; Di Carlo, L.; Didenko, L.; Dixit, P.; Dong, X.; Drachenberg, J. L.; Duckworth, E.; Dunlop, J. C.; Engelage, J.; Eppley, G.; Esumi, S.; Evdokimov, O.; Ewigleben, A.; Eyser, O.; Fatemi, R.; Fawzi, F. M.; Fazio, S.; Feng, C. J.; Feng, Y.; Finch, E.; Fisyak, Y.; Francisco, A.; Fu, C.; Gagliardi, C. A.; Galatyuk, T.; Geurts, F.; Ghimire, N.; Gibson, A.; Gopal, K.; Gou, X.; Grosnick, D.; Gupta, A.; Guryn, W.; Hamed, A.; Han, Y.; Harabasz, S.; Harasty, M. D.; Harris, J. W.; Harrison, H.; He, S.; He, W.; He, X. H.; He, Y.; Heppelmann, S.; Heppelmann, S.; Herrmann, N.; Hoffman, E.; Holub, L.; Hu, C.; Hu, Q.; Hu, Y.; Huang, H.; Huang, H. Z.; Huang, S. L.; Huang, T.; Huang, X.; Huang, Y.; Humanic, T. J.; Isenhower, D.; Isshiki, M.; Jacobs, W. W.; Jena, C.; Jentsch, A.; Ji, Y.; Jia, J.; Jiang, K.; Ju, X.; Judd, E. G.; Kabana, S.; Kabir, M. L.; Kagamaster, S.; Kalinkin, D.; Kang, K.; Kapukchyan, D.; Kauder, K.; Ke, H. W.; Keane, D.; Kechechyan, A.; Kelsey, M.; Khyzhniak, Y. V.; Kikoła, D. P.; Kimelman, B.; Kincses, D.; Kisel, I.; Kiselev, A.; Knospe, A. G.; Ko, H. S.; Kochenda, L.; Korobitsin, A.; Kosarzewski, L. K.; Kramarik, L.; Kravtsov, P.; Kumar, L.; Kumar, S.; Kunnawalkam Elayavalli, R.; Kwasizur, J. H.; Lacey, R.; Lan, S.; Landgraf, J. M.; Lauret, J.; Lebedev, A.; Lednicky, R.; Lee, J. H.; Leung, Y. H.; Lewis, N.; Li, C.; Li, C.; Li, W.; Li, X.; Li, Y.; Liang, X.; Liang, Y.; Licenik, R.; Lin, T.; Lin, Y.; Lisa, M. A.; Liu, F.; Liu, H.; Liu, H.; Liu, P.; Liu, T.; Liu, X.; Liu, Y.; Liu, Z.; Ljubicic, T.; Llope, W. J.; Longacre, R. S.; Loyd, E.; Lu, T.; Lukow, N. S.; Luo, X. F.; Ma, L.; Ma, R.; Ma, Y. G.; Magdy, N.; Mallick, D.; Manukhov, S. L.; Margetis, S.; Markert, C.; Matis, H. S.; Mazer, J. A.; Minaev, N. G.; Mioduszewski, S.; Mohanty, B.; Mondal, M. M.; Mooney, I.; Morozov, D. A.; Mukherjee, A.; Nagy, M.; Nam, J. D.; Nasim, Md.; Nayak, K.; Neff, D.; Nelson, J. M.; Nemes, D. B.; Nie, M.; Nigmatkulov, G.; Niida, T.; Nishitani, R.; Nogach, L. V.; Nonaka, T.; Nunes, A. S.; Odyniec, G.; Ogawa, A.; Oh, S.; Okorokov, V. A.; Okubo, K.; Page, B. S.; Pak, R.; Pan, J.; Pandav, A.; Pandey, A. K.; Panebratsev, Y.; Parfenov, P.; Paul, A.; Pawlik, B.; Pawlowska, D.; Perkins, C.; Pluta, J.; Pokhrel, B. R.; Porter, J.; Posik, M.; Prozorova, V.; Pruthi, N. K.; Przybycien, M.; Putschke, J.; Qiu, H.; Quintero, A.; Racz, C.; Radhakrishnan, S. K.; Raha, N.; Ray, R. L.; Reed, R.; Ritter, H. G.; Robotkova, M.; Rogachevskiy, O. V.; Romero, J. L.; Roy, D.; Ruan, L.; Sahoo, A. K.; Sahoo, N. R.; Sako, H.; Salur, S.; Samigullin, E.; Sandweiss, J.; Sato, S.; Schmah, A. M.; Schmidke, W. B.; Schmitz, N.; Schweid, B. R.; Seck, F.; Seger, J.; Seto, R.; Seyboth, P.; Shah, N.; Shahaliev, E.; Shanmuganathan, P. V.; Shao, M.; Shao, T.; Sharma, R.; Sheikh, A. I.; Shen, D. Y.; Shi, S. S.; Shi, Y.; Shou, Q. Y.; Sichtermann, E. P.; Sikora, R.; Singh, J.; Singha, S.; Sinha, P.; Skoby, M. J.; Smirnov, N.; Söhngen, Y.; Solyst, W.; Song, Y.; Spinka, H. M.; Srivastava, B.; Stanislaus, T. D.; Stefaniak, M.; Stewart, D. J.; Strikhanov, M.; Stringfellow, B.; Suaide, A. A.; Sumbera, M.; Summa, B.; Sun, X. M.; Sun, X.; Sun, Y.; Sun, Y.; Surrow, B.; Svirida, D. N.; Sweger, Z. W.; Szymanski, P.; Tang, A. H.; Tang, Z.; Taranenko, A.; Tarnowsky, T.; Thomas, J. H.; Timmins, A. R.; Tlusty, D.; Todoroki, T.; Tokarev, M.; Tomkiel, C. A.; Trentalange, S.; Tribble, R. E.; Tribedy, P.; Tripathy, S. K.; Truhlar, T.; Trzeciak, B. A.; Tsai, O. D.; Tu, Z.; Ullrich, T.; Underwood, D. G.; Upsal, I.; Van Buren, G.; Vanek, J.; Vasiliev, A. N.; Vassiliev, I.; Verkest, V.; Videbæk, F.; Vokal, S.; Voloshin, S. A.; Wang, F.; Wang, G.; Wang, J. S.; Wang, P.; Wang, X.; Wang, Y.; Wang, Y.; Wang, Z.; Webb, J. C.; Weidenkaff, P. C.; Westfall, G. D.; Wieman, H.; Wissink, S. W.; Witt, R.; Wu, J.; Wu, J.; Wu, Y.; Xi, B.; Xiao, Z. G.; Xie, G.; Xie, W.; Xu, H.; Xu, N.; Xu, Q. H.; Xu, Y.; Xu, Z.; Xu, Z.; Yan, G.; Yang, C.; Yang, Q.; Yang, S.; Yang, Y.; Ye, Z.; Ye, Z.; Yi, L.; Yip, K.; Yu, Y.; Zbroszczyk, H.; Zha, W.; Zhang, C.; Zhang, D.; Zhang, J.; Zhang, S.; Zhang, S.; Zhang, Y.; Zhang, Y.; Zhang, Y.; Zhang, Z. J.; Zhang, Z.; Zhang, Z.; Zhao, F.; Zhao, J.; Zhao, M.; Zhou, C.; Zhou, Y.; Zhu, X.; Zurek, M.; Zyzak, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Physical Review C</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2469-9985</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2209481</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>