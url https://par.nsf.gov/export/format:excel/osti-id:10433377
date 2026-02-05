--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10433377</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3575813.3595191</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Jointly Managing Electrical and Thermal Energy in Solar- and Battery-powered Computer Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bashir, Noman; Chandio, Yasra; Irwin, David; Anwar, Fatima M.; Gummeson, Jeremy; Shenoy, Prashant</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>14th ACM International Conference on Future Energy Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>132 to 143</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Environmentally-powered computer systems operate on renewable energy harvested from their environment, such as solar or wind, and stored in batteries. While harvesting environmental energy has long been necessary for small-scale embedded systems without access to external power sources, it is also increasingly important in designing sustainable larger-scale systems for edge applications. For sustained operations, such systems must consider not only the electrical energy but also the thermal energy available in the environment in their design and operation. Unfortunately, prior work generally ignores the impact of thermal effects, and instead implicitly assumes ideal temperatures. To address the problem, we develop a thermodynamic model that captures the interplay of elec- trical and thermal energy in environmentally-powered computer systems. The model captures the effect of environmental condi- tions, the system’s physical properties, and workload scheduling on performance. In evaluating our model, we distill the thermal effects that impact these systems using a small-scale prototype and a programmable incubator. We then leverage our model to show how considering these thermal effects in designing and operating environmentally-powered computer systems of varying scales can improve their energy-efficiency, performance, and availability.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2230143; 2213636; 2211888; 2105494; 1908536</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>