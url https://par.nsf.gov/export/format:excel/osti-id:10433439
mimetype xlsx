--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10433439</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3545945.3569836</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Introduction to Quantum Computing for Everyone: Experience Report</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Jonathan; Franklin, Diana</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-02T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 54th ACM Technical Symposium on Computer Science Education V. 1 (SIGCSE 2023)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1157 to 1163</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Quantum computing presents a paradigmatic shift in the field of computation, in which unintuitive properties of quantum mechanics can be harnessed to change the way we approach a wide range of problems. However, due to the mathematics and physics perspective through which quantum computing is traditionally presented, most resources are inaccessible to many undergraduate students, let alone the general public. It is thus imperative to develop resources and best-practices for quantum computing instruction accessible to students at all levels. In this paper, we describe the development and results of our Massive Open Online Course (MOOC) "Introduction to Quantum Computing for Everyone." This course presents an introduction to quantum computing with few technical prerequisites. In the first half of the course, quantum computing concepts are introduced with a unique, purely visual representation, allowing students to develop conceptual understanding without the burden of learning new mathematical notation. In the second half, students are taught the formal notation for concepts and objects already introduced, reinforcing student understanding of these concepts and providing an applicable context for the technical material. Most notably, we find that introducing the math content in the curriculum's second stage led to no drops in engagement or student performance, suggesting that our curriculum's spiral structure eased the technical burden.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730449</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>