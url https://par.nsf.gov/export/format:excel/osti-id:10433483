--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10433483</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3502718.3524749</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Case Studies on the Use of Storyboarding by Novice Programmers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Limke, Ally; Milliken, Alexandra; Cateté, Veronica; Gransbury, Isabella; Isvik, Amy; Price, Thomas; Martens, Chris; Barnes, Tiffany</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-07-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 27th ACM Conference on on Innovation and Technology in Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>318 to 324</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Our researchers seek to support students in building block-based programming projects that are motivating and engaging as well as valuable practice in learning to code. A difficult part of the programming process is planning. In this research, we explore how novice programmers used a custom-built planning tool, PlanIT, contrasted against how they used storyboarding when planning games. In a three-part study, we engaged novices in planning and programming three games: a maze game, a break-out game, and a mashup of the two. In a set of five case studies, we show how five pairs of students approached the planning and programming of these three games, illustrating that students felt more creative when storyboarding rather than using PlanIT. We end with a discussion on the implications of this work for designing supports for novices to plan open-ended projects.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917885</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>