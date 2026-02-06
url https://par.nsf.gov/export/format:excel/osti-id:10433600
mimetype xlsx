--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10433600</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Speak, Memory: An Archaeology of Books Known to ChatGPT/GPT-4</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chang, Kent K.; Cramer, Mackenzie; Soni, Sandeep; Bamman, David</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>arXivorg</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2331-8422</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this work, we carry out a data archaeology to infer books that are known to ChatGPT and GPT-4 using a name cloze membership inference query. We find that OpenAI models have memorized a wide collection of copyrighted materials, and that the degree of memorization is tied to the frequency with which passages of those books appear on the web. The ability of these models to memorize an unknown set of books complicates assessments of measurement validity for cultural analytics by contaminating test data; we show that models perform much better on memorized books than on non-memorized books for downstream tasks. We argue that this supports a case for open models whose training data is known.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>