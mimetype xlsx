--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10433822</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SoutheastCon51012.2023.10115209</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Boosting With Multiple Clustering Memberships For Hyperspectral Image Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bellio, Giovanni; Russell, Randy; Kursun, Olcay</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SoutheastCon 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>175 to 178</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A novel hyperspectral image classification algorithm is proposed and demonstrated on benchmark hyperspectral images. We also introduce a hyperspectral sky imaging dataset that we are collecting for detecting the amount and type of cloudiness. The algorithm designed to be applied to such systems could improve the spatial and temporal resolution of cloud information vital to understanding Earth’s climate. We discuss the nature of our HSI-Cloud dataset being collected and an algorithm we propose for processing the dataset using a categorical-boosting method. The proposed method utilizes multiple clusterings to augment the dataset and achieves higher pixel classification accuracy. Creating categorical features via clustering enriches the data representation and improves boosting ensembles. For the experimental datasets used in this paper, gradient boosting methods performed favorably to the benchmark algorithms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2003740</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>