--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10434200</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v37i5.25748</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Modeling Human Trust and Reliance in AI-Assisted Decision Making: A Markovian Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Zhuoyan; Lu, Zhuoran; Yin, Ming</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>6056 to 6064</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The increased integration of artificial intelligence (AI) technologies in human workflows has resulted in a new paradigm of AI-assisted decision making,in which an AI model provides decision recommendations while humans make the final decisions. To best support humans in decision making, it is critical to obtain a quantitative understanding of how humans interact with and rely on AI. Previous studies often model humans' reliance on AI as an analytical process, i.e., reliance decisions are made based on cost-benefit analysis. However, theoretical models in psychology suggest that the reliance decisions can often be driven by emotions like humans' trust in AI models. In this paper, we propose a hidden Markov model to capture the affective process underlying the human-AI interaction in AI-assisted decision making, by characterizing how decision makers adjust their trust in AI over time and make reliance decisions based on their trust. Evaluations on real human behavior data collected from human-subject experiments show that the proposed model outperforms various baselines in accurately predicting humans' reliance behavior in AI-assisted decision making. Based on the proposed model, we further provide insights into how humans' trust and reliance dynamics in AI-assisted decision making is influenced by contextual factors like decision stakes and their interaction experiences.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1850335</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>