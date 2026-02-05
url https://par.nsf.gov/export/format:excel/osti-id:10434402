--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10434402</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3579467</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Charting the Sociotechnical Gap in Explainable AI: A Framework to Address the Gap in XAI</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ehsan, Upol; Saha, Koustuv; De Choudhury, Munmun; Riedl, Mark O.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 32</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Explainable AI (XAI) systems are sociotechnical in nature; thus, they are subject to the sociotechnical gap-divide between the technical affordances and the social needs. However, charting this gap is challenging. In the context of XAI, we argue that charting the gap improves our problem understanding, which can reflexively provide actionable insights to improve explainability. Utilizing two case studies in distinct domains, we empirically derive a framework that facilitates systematic charting of the sociotechnical gap by connecting AI guidelines in the context of XAI and elucidating how to use them to address the gap. We apply the framework to a third case in a new domain, showcasing its affordances. Finally, we discuss conceptual implications of the framework, share practical considerations in its operationalization, and offer guidance on transferring it to new contexts. By making conceptual and practical contributions to understanding the sociotechnical gap in XAI, the framework expands the XAI design space.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928586</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>