--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10435020</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SPEERLoom: Collaboratively Re-Crafting CS Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Speer, Samantha; Huang, Joey; Yankova, Nickolina; Rose, Carolyn; Peppler, Kylie; Orta Martinez, Melisa</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Collaboration toward Educational Innovation for All: International Society of the Learning Sciences (ISLS) Annual Meeting 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Our work aims to increase the collaborative ability of college students in computer science classrooms where students must work towards a shared goal with peers from different backgrounds and abilities. Our work focuses specifically on leveraging high-quality collaborative design to bridge the gap between fiber arts and robotics by enlightening students to their shared foundations in mathematics and computational thinking. We achieve this goal through the design of SPEERLoom (Semi-automated Pattern Executing Educational Robotic Loom), a new open-source Jacquard loom kit designed to foster students' exploration of weaving, mechatronics, mathematics, and computational thinking. In this demonstration we present SPEERLoom and allow the exploration of a sample lesson using the loom.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100401</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>