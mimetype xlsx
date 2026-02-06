--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,171 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...119 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10435032</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3558481.3591079</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Transactional Composition of Nonblocking Data Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cai, Wentao; Wen, Haosen; Scott, Michael L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>35th ACM Symposium on Parallelism in Algorithms and Architectures (SPAA)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>187 - 197</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper introduces nonblocking transaction composition (NBTC), a new methodology for atomic composition of nonblocking operations on concurrent data structures. Unlike previous software transactional memory (STM) approaches, NBTC leverages the linearizability of existing nonblocking structures, reducing the number of memory accesses that must be executed together, atomically, to only one per operation in most cases (these are typically the linearizing instructions of the constituent operations).
+Our obstruction-free implementation of NBTC, which we call Medley, makes it easy to transform most nonblocking data structures into transactional counterparts while preserving their liveness and high concurrency. In our experiments, Medley outperforms Lock-Free Transactional Transform (LFTT), the fastest prior competing methodology, by 40--170%. The marginal overhead of Medley's transactional composition, relative to separate operations performed in succession, is roughly 2.2x.
+For persistent data structures, we observe that failure atomicity for transactions can be achieved "almost for free'' with epoch-based periodic persistence. Toward that end, we integrate Medley with nbMontage, a general system for periodically persistent data structures. The resulting txMontage provides ACID transactions and achieves throughput up to two orders of magnitude higher than that of the OneFile persistent STM system.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1900803; 1955498; 1717712</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>