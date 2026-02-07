--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10435264</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/jmammal/gyad011</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Integrating evidence-based teaching practices into the Mammalogy classroom</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Patrick, Lorelei E; Duggan, Jennifer M; Dizney, Laurie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Powell, Roger</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-02-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Mammalogy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-2372</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The teaching practices used in college science classrooms have a profound influence on which students pass their courses (and continue to major in science) and which are ‘weeded out.’ Students from traditionally marginalized backgrounds have lower grades and learning gains compared to their nonmarginalized peers in courses that rely heavily on lecture and high-stakes exams. This achievement gap narrows or disappears when instructors use student-centered, evidence-based teaching practices. These teaching practices can include actions that shape our classroom environment, communicate course material, and assess student learning. In this paper, we provide a summary of the evidence supporting the use of student-centered teaching practices, followed by examples of several effective evidence-based teaching practices that can be integrated into organismal courses. Examples include faculty mindset for inclusion, teaching practices to increase student confidence and to reduce stereotype threat, increasing course structure by spreading points among several different types of activities, several active learning methods, jigsaws, Scientist Spotlights, course-based undergraduate research experiences, and inquiry-based labs. Each example is linked to supporting resources to help instructors easily implement these practices in their classrooms. The American Society of Mammalogists endeavors to be equitable and inclusive through numerous initiatives, and modifying our teaching practices can increase equity and inclusion of future mammalogists into our own classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2013320</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>