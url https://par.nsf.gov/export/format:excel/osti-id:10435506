--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2023-06-27T04:00:00Z</t>
   </si>
   <si>
     <t>The Astronomical Journal</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>0004-6256</t>
   </si>
   <si>
     <t>Abstract                          We confirm the planetary nature of two gas giants discovered by TESS to transit M dwarfs with stellar companions at wide separations. TOI-3984 A (              J              = 11.93) is an M4 dwarf hosting a short-period (4.353326 ± 0.000005 days) gas giant (              M                              p                            = 0.14 ± 0.03              M              J              and              R                              p                            = 0.71 ± 0.02              R              J              ) with a wide-separation white dwarf companion. TOI-5293 A (              J              = 12.47) is an M3 dwarf hosting a short-period (2.930289 ± 0.000004 days) gas giant (              M                              p                            = 0.54 ± 0.07              M              J              and              R                              p                            = 1.06 ± 0.04              R              J              ) with a wide-separation M dwarf companion. We characterize both systems using a combination of ground- and space-based photometry, speckle imaging, and high-precision radial velocities from the Habitable-zone Planet Finder and NEID spectrographs. TOI-3984 A b (              T              eq              = 563 ± 15 K and                                                                                                  TSM                  =                                                            138                                                              −                      27                                                              +                      29                                                                                                  ) and TOI-5293 A b (                                                                                                                                            T                                                              eq                                                        =                                                            675                                                              −                      30                                                              +                      42                                                                                                  K and TSM = 92 ± 14) are two of the coolest gas giants among the population of hot Jupiter–sized gas planets orbiting M dwarfs and are favorable targets for atmospheric characterization of temperate gas giants and 3D obliquity measurements to probe system architecture and migration scenarios.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2108493; 1910954; 2108801; 2108512</t>
+    <t>2108493; 1910954; 2108801; 2108512; 2009554; 2538457; 2108616</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>