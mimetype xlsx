--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10435880</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3544548.3581099</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Understanding and Supporting Debugging Workflows in Multiverse Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gu, Ken; Jun, Eunice; Althoff, Tim</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI '23: Proceedings of the 2023 CHI Conference on Human Factors in Computing Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Multiverse analysis—a paradigm for statistical analysis that considers all combinations of reasonable analysis choices in parallel—promises to improve transparency and reproducibility. Although recent tools help analysts specify multiverse analyses, they remain difficult to use in practice. In this work, we identify debugging as a key barrier due to the latency from running analyses to detecting bugs and the scale of metadata processing needed to diagnose a bug. To address these challenges, we prototype a command-line interface tool, Multiverse Debugger, which helps diagnose bugs in the multiverse and propagate fixes. In a qualitative lab study (n=13), we use Multiverse Debugger as a probe to develop a model of debugging workflows and identify specific challenges, including difficulty in understanding the multiverse’s composition. We conclude with design implications for future multiverse analysis authoring systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1901386</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>