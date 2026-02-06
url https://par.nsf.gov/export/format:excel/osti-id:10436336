--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10436336</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1190/tle42070474.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learned multiphysics inversion with differentiable programming and machine learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Louboutin, Mathias; Yin, Ziyi; Orozco, Rafael; Grady, Thomas J.; Siahkoohi, Ali; Rizzuti, Gabrio; Witte, Philipp A.; Møyner, Olav; Gorman, Gerard J.; Herrmann, Felix J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Leading Edge</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>474 to 486</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1070-485X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present the Seismic Laboratory for Imaging and Modeling/Monitoring open-source software framework for computational geophysics and, more generally, inverse problems involving the wave equation (e.g., seismic and medical ultrasound), regularization with learned priors, and learned neural surrogates for multiphase flow simulations. By integrating multiple layers of abstraction, the software is designed to be both readable and scalable, allowing researchers to easily formulate problems in an abstract fashion while exploiting the latest developments in high-performance computing. The design principles and their benefits are illustrated and demonstrated by means of building a scalable prototype for permeability inversion from time-lapse crosswell seismic data, which, aside from coupling of wave physics and multiphase flow, involves machine learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2203821</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>