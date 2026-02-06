--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10436425</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1119/perc.2022.pr.Dew</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>So Unfair it's Fair: Equipment handling in remote versus in-person introductory physics labs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dew, Matthew; Phillips, Anna McLean; Karunwi, Samuel; Baksh, Ariel; Stump, Emily M.; Holmes, N. G.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Frank, Brian W.; Jones, Dyan L.; Ryan, Qing X.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-09-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2022 Physics Education Research Conference Proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>144 - 150</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While understanding laboratory equipment is an important learning goal of physics laboratory (lab) instruction, previous studies have found inequities as to who gets to use equipment in in-person lab classes. With the transition to remote learning during the COVID-19 pandemic, class dynamics changed and the effects on equipment usage remain unclear. As part of a larger effort to make intro physics labs more equitable, we investigated student equipment usage based on gender and race in two introductory physics lab courses, one taught in-person and one taught remotely. We found inequities between men and women for in-person instruction, replicating previous work with a new student population. In contrast, we found that remote instruction created a more gender equitable learning environment, albeit with one student typically in charge of the equipment per class session. When we looked at equipment handling based on student race, we found no inequities in either format. These results suggest that changes should be made in introductory labs to create a more gender equitable learning environment and that some aspects of remote labs could help make these labs more equitable.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836617</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>