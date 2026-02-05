--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10436732</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aaai.v37i3.25412</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>VLTinT: Visual-Linguistic Transformer-in-Transformer for Coherent Video Paragraph Captioning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yamazaki, Kashu; Vo, Khoa; Truong, Quang Sang; Raj, Bhiksha; Le, Ngan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3081 to 3090</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2159-5399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Video Paragraph Captioning aims to generate a multi-sentence description of an untrimmed video with multiple temporal event locations in a coherent storytelling. Following the human perception process, where the scene is effectively understood by decomposing it into visual (e.g. human, animal) and non-visual components (e.g. action, relations) under the mutual influence of vision and language, we first propose a visual-linguistic (VL) feature. In the proposed VL feature, the scene is modeled by three modalities including (i) a global visual environment; (ii) local visual main agents; (iii) linguistic scene elements. We then introduce an autoregressive Transformer-in-Transformer (TinT) to simultaneously capture the semantic coherence of intra- and inter-event contents within a video. Finally, we present a new VL contrastive loss function to guarantee the learnt embedding features are consistent with the captions semantics. Comprehensive experiments and extensive ablation studies on the ActivityNet Captions and YouCookII datasets show that the proposed Visual-Linguistic Transformer-in-Transform (VLTinT) outperforms previous state-of-the-art methods in terms of accuracy and diversity. The source code is made publicly available at: https://github.com/UARK-AICV/VLTinT.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1920920; 1946391</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>