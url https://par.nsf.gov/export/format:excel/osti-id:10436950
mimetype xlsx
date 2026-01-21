--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10627253</t>
-[...8 lines deleted...]
-    <t>Ponomarenko, Nina S; Zaluzec, Nestor J; Zuo, Xiaobing; Borkiewicz, Olaf J; Hoffman, Justin M; Kwon, Gihan; Martinson, Alex_B F; Utschig, Lisa M; Tiede, David M</t>
+    <t>10436950</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1177/14614448231183617</t>
+  </si>
+  <si>
+    <t>Bursts of contemporaneous publication among high- and low-credibility online information providers</t>
+  </si>
+  <si>
+    <t>Budak, Ceren [University of Michigan, USA] (ORCID:0000000277673217); Bozarth, Lia [University of Washington, USA] (ORCID:0000000208794234); Bond, Robert_M [The Ohio State University, USA]; Margolin, Drew [Cornell University, USA] (ORCID:0000000302576217); Jones, Jason_J [Stony Brook University, USA] (ORCID:0000000241400268); Garrett, R_Kelly [The Ohio State University, USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2025-02-04T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>1936-0851</t>
+    <t>2023-07-31T04:00:00Z</t>
+  </si>
+  <si>
+    <t>New Media &amp; Society</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>1461-4448</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;In studies of misinformation, the distinction between high- and low-credibility publishers is fundamental. However, there is much that we do not know about the relationship between the subject matter and timing of content produced by the two types of publishers. By analyzing the content of several million unique articles published over 28 months, we show that high- and low-credibility publishers operate in distinct news ecosystems. Bursts of news coverage generated by the two types of publishers tend to cover different subject matter at different times, even though fluctuations in their overall news production tend to be highly correlated. Regardless of the mechanism, temporally convergent coverage among low-credibility publishers has troubling implications for American news consumers.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2117896</t>
-[...2 lines deleted...]
-    <t>2025</t>
+    <t>2045432</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>p. 726-746</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>ACS</t>
+    <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +305,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>