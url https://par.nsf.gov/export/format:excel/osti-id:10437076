--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10437076</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS54959.2023.00081</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GPU-Accelerated Error-Bounded Compression Framework for Quantum Circuit Simulations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shah, Milan; Yu, Xiaodong; Di, Sheng; Lykov, Danylo; Alexeev, Yuri; Becchi, Michela; Cappello, Franck</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2023 IEEE International Parallel and Distributed Processing Symposium (IPDPS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>757 to 767</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Quantum circuit simulations enable researchers to develop quantum algorithms without the need for a physical quantum computer. Quantum computing simulators, however, all suffer from significant memory footprint requirements, which prevents large circuits from being simulated on classical super-computers. In this paper, we explore different lossy compression strategies to substantially shrink quantum circuit tensors in the QTensor package (a state-of-the-art tensor network quantum circuit simulator) while ensuring the reconstructed data satisfy the user-needed fidelity.Our contribution is fourfold. (1) We propose a series of optimized pre- and post-processing steps to boost the compression ratio of tensors with a very limited performance overhead. (2) We characterize the impact of lossy decompressed data on quantum circuit simulation results, and leverage the analysis to ensure the fidelity of reconstructed data. (3) We propose a configurable compression framework for GPU based on cuSZ and cuSZx, two state-of-the-art GPU-accelerated lossy compressors, to address different use-cases: either prioritizing compression ratios or prioritizing compression speed. (4) We perform a comprehensive evaluation by running 9 state-of-the-art compressors on an NVIDIA A100 GPU based on QTensor-generated tensors of varying sizes. When prioritizing compression ratio, our results show that our strategies can increase the compression ratio nearly 10 times compared to using only cuSZ. When prioritizing throughput, we can perform compression at the comparable speed as cuSZx while achieving 3-4× higher compression ratios. Decompressed tensors can be used in QTensor circuit simulation to yield a final energy result within 1-5% of the true energy value.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1812727</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>