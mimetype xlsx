--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10437729</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>How Do Students Deliberate for Socially Shared Regulation in Collaborative Learning? A Process-Oriented Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dang, Belle; Vitiello, Rosanna; Nguyen, Andy; Rosé, Carolyn; Järvelä, Sanna</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Collaboration toward Educational Innovation for All: International Society of the Learning Sciences (ISLS) Annual Meeting 2023</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Socially shared regulation (SSRL) has been recognized as a contributing factor to successful collaborative learning. In this paper, we adopted a process-oriented approach to examine how students deliberate for SSRL through different regulatory triggers in a collaborative learning context. More specifically, this study examines the relationship between different types of regulatory and deliberative characteristics of interactions and then explores their sequential patterns through cognitive and emotional triggers. The study involved ten triads of secondary students (N=30) working on a collaborative learning task. The process mining results showed that following regulatory triggers, groups switched to more metacognitive and socio-emotional interactions as they adopted control strategies, such as defining problems, establishing strategies, and providing social support. This study not only contributes to a better understanding of SSRL by exploring learners’ deliberative negotiation but also presents a novel fine-grain video analysis approach to examine SSRL in collaborative learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2100401</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>