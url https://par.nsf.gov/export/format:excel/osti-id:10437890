--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10437890</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/galaxies10060107</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Relativistic Signatures of Flux Eruption Events near Black Holes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gelles, Zachary; Chatterjee, Koushik; Johnson, Michael; Ripperda, Bart; Liska, Matthew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Galaxies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2075-4434</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Images of supermassive black holes produced using very long baseline interferometry provide a pathway to directly observing effects of a highly curved spacetime, such as a bright “photon ring” that arises from strongly lensed emission. In addition, the emission near supermassive black holes is highly variable, with bright high-energy flares regularly observed. We demonstrate that intrinsic variability can introduce prominent associated changes in the relative brightness of the photon ring. We analyze both semianalytic toy models and GRMHD simulations with magnetic flux eruption events, showing that they each exhibit a characteristic “loop” in the space of relative photon ring brightness versus total flux density. For black holes viewed at high inclination, the relative photon ring brightness can change by an order of magnitude, even with variations in total flux density that are comparatively mild. We show that gravitational lensing, Doppler boosting, and magnetic field structure all significantly affect this feature, and we discuss the prospects for observing it in observations of M87∗ and Sgr A∗ with the next-generation Event Horizon Telescope.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1935980</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>