--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10437911</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10546-022-00770-1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Entrainment Rates and Their Synoptic Dependence on Wind Speed Aloft in California's Central Valley</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Caputi, Dani J.; Trousdell, Justin; Mehrotra, Shobhit; Conley, Stephen; Alexander, G. Aaron; Oldroyd, Holly J.; Faloona, Ian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Boundary-Layer Meteorology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>186</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>505 to 532</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0006-8314</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Daytime atmospheric boundary layer (ABL) dynamics—including potential temperature budgets, water vapour budgets, and entrainment rates—are presented from in situ flight data taken on six afternoons near Fresno in the San Joaquin Valley (SJV) of California during July/August 2016. The flights took place as a part of the California Baseline Ozone Transport Study aimed at investigating transport pathways of air entering the Central Valley from offshore and mixing down to the surface. Midday entrainment velocity estimates ranged from 0.8 to 5.4 cm s              −1              and were derived from a combination of continuously determined ABL heights during each flight and model-derived subsidence rates, which averaged -2.0 cm s              −1              in the flight region. A strong correlation was found between entrainment velocity (normalized by the convective velocity scale) and an inverse bulk ABL Richardson number, suggesting that wind shear at the ABL top plays a significant role in driving entrainment. Similarly, we found a strong correlation between the entrainment efficiency (the ratio of entrainment to surface heat fluxes with an average of 0.23 ± 0.15) and the wind speed at the ABL top. We explore the synoptic conditions that generate higher winds near the ABL top and propose that warm anomalies in the southern Sierra Nevada mountains promote increased entrainment. Additionally, a method is outlined to estimate turbulence kinetic energy, convective velocity scale (              w              *              ), and the surface sensible heat flux in the ABL from a slow, airborne wind measurement system using mixed-layer similarity theory.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1848019</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>